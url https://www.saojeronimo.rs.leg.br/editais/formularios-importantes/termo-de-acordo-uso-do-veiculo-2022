--- v0 (2025-10-26)
+++ v1 (2026-02-25)
@@ -163,51 +163,51 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D8EB15F" w14:textId="77777777" w:rsidR="000B7D61" w:rsidRPr="00786898" w:rsidRDefault="000B7D61" w:rsidP="00A34600">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="561F030A" w14:textId="77777777" w:rsidR="000B7D61" w:rsidRPr="00786898" w:rsidRDefault="000B7D61" w:rsidP="00A34600">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07E71414" w14:textId="3CC11BD6" w:rsidR="00C605F5" w:rsidRPr="00786898" w:rsidRDefault="00A34600" w:rsidP="000B7D61">
+    <w:p w14:paraId="07E71414" w14:textId="45CC813F" w:rsidR="00C605F5" w:rsidRPr="00786898" w:rsidRDefault="00A34600" w:rsidP="000B7D61">
       <w:pPr>
         <w:ind w:firstLine="1701"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00786898">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00786898" w:rsidRPr="00786898">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> CÂMARA MUNICIPAL</w:t>
       </w:r>
       <w:r w:rsidR="00C605F5" w:rsidRPr="00786898">
         <w:rPr>
@@ -265,125 +265,131 @@
       </w:r>
       <w:r w:rsidR="00C605F5" w:rsidRPr="00786898">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> seu</w:t>
       </w:r>
       <w:r w:rsidR="000B7D61" w:rsidRPr="00786898">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C605F5" w:rsidRPr="00786898">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Presidente</w:t>
       </w:r>
       <w:r w:rsidR="000B7D61" w:rsidRPr="00786898">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007203B0" w:rsidRPr="007203B0">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidR="00357A64" w:rsidRPr="00357A64">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t>RENATO DA SILVA FERREIRA</w:t>
+        <w:t>FERNANDO CAIRUGA CAMBOIM</w:t>
       </w:r>
       <w:r w:rsidR="00C605F5" w:rsidRPr="00786898">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00C605F5" w:rsidRPr="00786898">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
       </w:r>
       <w:r w:rsidR="00820297" w:rsidRPr="00786898">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00820297" w:rsidRPr="00786898">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00820297" w:rsidRPr="00786898">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00820297" w:rsidRPr="00786898">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...30 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00BD1FFC" w:rsidRPr="00786898">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1FFC" w:rsidRPr="00786898">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1FFC" w:rsidRPr="00786898">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1FFC" w:rsidRPr="00786898">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD1FFC" w:rsidRPr="00786898">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
       <w:r w:rsidR="00820297" w:rsidRPr="00786898">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00820297" w:rsidRPr="00786898">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, ocupante o cargo de </w:t>
       </w:r>
       <w:r w:rsidR="00E70433" w:rsidRPr="00786898">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
@@ -2277,82 +2283,81 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">               Proprietário do Veículo</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00A34600" w:rsidRPr="00820297" w:rsidSect="004B3718">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1701" w:header="1134" w:footer="1134" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C3A8484" w14:textId="77777777" w:rsidR="005F7237" w:rsidRDefault="005F7237">
+    <w:p w14:paraId="19ADF821" w14:textId="77777777" w:rsidR="00457FD0" w:rsidRDefault="00457FD0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="233DED5E" w14:textId="77777777" w:rsidR="005F7237" w:rsidRDefault="005F7237">
+    <w:p w14:paraId="315648A9" w14:textId="77777777" w:rsidR="00457FD0" w:rsidRDefault="00457FD0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Monotype Corsiva">
     <w:panose1 w:val="03010101010201010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
@@ -2565,125 +2570,125 @@
     <w:r w:rsidRPr="00F3073B">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve"> – CEP.: 96700-000 – São Jerônimo – RS.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="59E7D8BB" w14:textId="77777777" w:rsidR="00E70433" w:rsidRDefault="00E70433">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C0655D7" w14:textId="77777777" w:rsidR="005F7237" w:rsidRDefault="005F7237">
+    <w:p w14:paraId="2705FA95" w14:textId="77777777" w:rsidR="00457FD0" w:rsidRDefault="00457FD0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="18424C73" w14:textId="77777777" w:rsidR="005F7237" w:rsidRDefault="005F7237">
+    <w:p w14:paraId="3F3049B4" w14:textId="77777777" w:rsidR="00457FD0" w:rsidRDefault="00457FD0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w14:paraId="355713C7" w14:textId="77777777" w:rsidR="00E70433" w:rsidRDefault="00E70433">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:p w14:paraId="78A76297" w14:textId="77777777" w:rsidR="00C668B0" w:rsidRDefault="007203B0" w:rsidP="00C668B0">
+  <w:p w14:paraId="78A76297" w14:textId="77777777" w:rsidR="00C668B0" w:rsidRDefault="00457FD0" w:rsidP="00C668B0">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4419"/>
         <w:tab w:val="clear" w:pos="8838"/>
         <w:tab w:val="left" w:pos="0"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:sz w:val="48"/>
         <w:szCs w:val="48"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="48"/>
         <w:szCs w:val="48"/>
       </w:rPr>
       <w:pict w14:anchorId="40503E9D">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="_x0000_s2049" type="#_x0000_t75" style="position:absolute;margin-left:172.95pt;margin-top:-140.8pt;width:74.85pt;height:85.25pt;z-index:-251658752;visibility:visible;mso-wrap-edited:f;mso-position-horizontal-relative:margin;mso-position-vertical-relative:margin" wrapcoords="-225 0 -225 21420 21600 21420 21600 0 -225 0">
           <v:imagedata r:id="rId1" o:title=""/>
           <w10:wrap type="square" anchorx="margin" anchory="margin"/>
         </v:shape>
-        <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_s2049" DrawAspect="Content" ObjectID="_1797777614" r:id="rId2"/>
+        <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_s2049" DrawAspect="Content" ObjectID="_1829217222" r:id="rId2"/>
       </w:pict>
     </w:r>
     <w:r w:rsidR="00F221B2" w:rsidRPr="00F31E87">
       <w:rPr>
         <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:sz w:val="48"/>
         <w:szCs w:val="48"/>
       </w:rPr>
       <w:t xml:space="preserve">               </w:t>
     </w:r>
     <w:r w:rsidR="00F31E87">
       <w:rPr>
         <w:rFonts w:ascii="Monotype Corsiva" w:hAnsi="Monotype Corsiva"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:sz w:val="48"/>
         <w:szCs w:val="48"/>
       </w:rPr>
       <w:t xml:space="preserve">     </w:t>
     </w:r>
   </w:p>
@@ -3571,51 +3576,51 @@
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaFull" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="4" w:cryptSpinCount="100000" w:hash="ciKRWIOnqq28uv88+EdytWB1C7A=" w:salt="U8BX3uF3wA+3RaOccuAkGw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="187"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -3652,63 +3657,65 @@
     <w:rsid w:val="001D1696"/>
     <w:rsid w:val="001F383D"/>
     <w:rsid w:val="0020219E"/>
     <w:rsid w:val="00212D91"/>
     <w:rsid w:val="002155F4"/>
     <w:rsid w:val="00234294"/>
     <w:rsid w:val="00241A15"/>
     <w:rsid w:val="002611BD"/>
     <w:rsid w:val="002807D5"/>
     <w:rsid w:val="00294271"/>
     <w:rsid w:val="00297FA7"/>
     <w:rsid w:val="002A7B53"/>
     <w:rsid w:val="002B6D5F"/>
     <w:rsid w:val="002B7C75"/>
     <w:rsid w:val="002C6B60"/>
     <w:rsid w:val="002D5CA9"/>
     <w:rsid w:val="002F4301"/>
     <w:rsid w:val="00300B18"/>
     <w:rsid w:val="00314ECE"/>
     <w:rsid w:val="003164E9"/>
     <w:rsid w:val="003265BF"/>
     <w:rsid w:val="00340049"/>
     <w:rsid w:val="00346896"/>
     <w:rsid w:val="003504EA"/>
     <w:rsid w:val="0035161D"/>
+    <w:rsid w:val="00357A64"/>
     <w:rsid w:val="00365C2B"/>
     <w:rsid w:val="00367F30"/>
     <w:rsid w:val="003846E4"/>
     <w:rsid w:val="0039199C"/>
     <w:rsid w:val="003B16FA"/>
     <w:rsid w:val="003C3F62"/>
     <w:rsid w:val="003D6DBE"/>
     <w:rsid w:val="003F30F3"/>
     <w:rsid w:val="00404B33"/>
     <w:rsid w:val="0041002E"/>
     <w:rsid w:val="00413E18"/>
     <w:rsid w:val="00420FC5"/>
     <w:rsid w:val="00430EDB"/>
+    <w:rsid w:val="00457FD0"/>
     <w:rsid w:val="00475252"/>
     <w:rsid w:val="004816F1"/>
     <w:rsid w:val="00484FF7"/>
     <w:rsid w:val="00485928"/>
     <w:rsid w:val="004A0882"/>
     <w:rsid w:val="004B2B04"/>
     <w:rsid w:val="004B3718"/>
     <w:rsid w:val="004B7CA8"/>
     <w:rsid w:val="004E5D15"/>
     <w:rsid w:val="004F0A11"/>
     <w:rsid w:val="004F2944"/>
     <w:rsid w:val="00501395"/>
     <w:rsid w:val="00514CC6"/>
     <w:rsid w:val="00542285"/>
     <w:rsid w:val="00542A7D"/>
     <w:rsid w:val="00580264"/>
     <w:rsid w:val="00585EC9"/>
     <w:rsid w:val="00592C28"/>
     <w:rsid w:val="0059749E"/>
     <w:rsid w:val="005A5DED"/>
     <w:rsid w:val="005A6FE8"/>
     <w:rsid w:val="005B1568"/>
     <w:rsid w:val="005E3453"/>
     <w:rsid w:val="005F7237"/>
     <w:rsid w:val="00605E4E"/>
@@ -5019,51 +5026,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{22E59C09-2794-43E4-B684-E51085F83137}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{10FA2854-3402-4829-97F0-A55ED38DB816}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>531</Words>
   <Characters>2869</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>